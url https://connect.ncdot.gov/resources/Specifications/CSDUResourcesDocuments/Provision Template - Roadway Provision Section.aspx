--- v0 (2025-10-08)
+++ v1 (2026-01-19)
@@ -2125,51 +2125,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E71F60F4E038574D877D9DC889C5EB74" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="88ed4fea1f32a938aa20e5851de334e9">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E71F60F4E038574D877D9DC889C5EB74" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6db404fba031e6c05762ee8cf432f784">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns3="5c64760c-e691-4e19-9c26-bdd5d8055dea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f6cd23bbc7df96de06cf338e3cbdb09" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="5c64760c-e691-4e19-9c26-bdd5d8055dea"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns3:Provision_x0020_Number_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns3:Provision_x0020_Title_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns3:Section" minOccurs="0"/>
                 <xsd:element ref="ns3:Line_x0020_Up_x0020_Sheet" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -2366,51 +2366,51 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <_dlc_DocId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d">CONNECTSITE-505118067-76</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d">
       <Url>https://connectqc.ncdot.gov/site/APA/_layouts/15/DocIdRedir.aspx?ID=CONNECTSITE-505118067-76</Url>
       <Description>CONNECTSITE-505118067-76</Description>
     </_dlc_DocIdUrl>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Provision_x0020_Title_x0020_Reference xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
     <Provision_x0020_Number_x0020_Reference xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
     <Section xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea">APA Instructions</Section>
     <Line_x0020_Up_x0020_Sheet xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{203E91A6-E71D-494E-883F-3398CF4DA7AB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85CDF5A0-0BA6-43D7-BC83-558D5BDE5EE6}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0653ECD-E7E8-40A7-882A-7DEF3991B4DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9623148-AEB2-4F82-A793-FD286F9B6456}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF551307-7A1A-4978-84FA-46F666C1329C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>