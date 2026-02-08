--- v1 (2026-01-19)
+++ v2 (2026-02-08)
@@ -2125,51 +2125,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E71F60F4E038574D877D9DC889C5EB74" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6db404fba031e6c05762ee8cf432f784">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E71F60F4E038574D877D9DC889C5EB74" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2bcfd1ed2a41f0cbd9ed0aa4acd1c871">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns3="5c64760c-e691-4e19-9c26-bdd5d8055dea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f6cd23bbc7df96de06cf338e3cbdb09" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="5c64760c-e691-4e19-9c26-bdd5d8055dea"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns3:Provision_x0020_Number_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns3:Provision_x0020_Title_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns3:Section" minOccurs="0"/>
                 <xsd:element ref="ns3:Line_x0020_Up_x0020_Sheet" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -2366,51 +2366,51 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <_dlc_DocId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d">CONNECTSITE-505118067-76</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d">
       <Url>https://connectqc.ncdot.gov/site/APA/_layouts/15/DocIdRedir.aspx?ID=CONNECTSITE-505118067-76</Url>
       <Description>CONNECTSITE-505118067-76</Description>
     </_dlc_DocIdUrl>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Provision_x0020_Title_x0020_Reference xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
     <Provision_x0020_Number_x0020_Reference xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
     <Section xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea">APA Instructions</Section>
     <Line_x0020_Up_x0020_Sheet xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85CDF5A0-0BA6-43D7-BC83-558D5BDE5EE6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10518E3B-275F-4B9D-9C0B-505896389B1D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0653ECD-E7E8-40A7-882A-7DEF3991B4DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9623148-AEB2-4F82-A793-FD286F9B6456}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF551307-7A1A-4978-84FA-46F666C1329C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>