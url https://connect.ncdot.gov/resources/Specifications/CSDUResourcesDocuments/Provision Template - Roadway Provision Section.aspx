--- v2 (2026-02-08)
+++ v3 (2026-03-14)
@@ -2125,51 +2125,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E71F60F4E038574D877D9DC889C5EB74" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2bcfd1ed2a41f0cbd9ed0aa4acd1c871">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E71F60F4E038574D877D9DC889C5EB74" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b5711b200098c6d95c032d3d441b61e7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns3="5c64760c-e691-4e19-9c26-bdd5d8055dea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f6cd23bbc7df96de06cf338e3cbdb09" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="5c64760c-e691-4e19-9c26-bdd5d8055dea"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns3:Provision_x0020_Number_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns3:Provision_x0020_Title_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns3:Section" minOccurs="0"/>
                 <xsd:element ref="ns3:Line_x0020_Up_x0020_Sheet" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -2366,51 +2366,51 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <_dlc_DocId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d">CONNECTSITE-505118067-76</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d">
       <Url>https://connectqc.ncdot.gov/site/APA/_layouts/15/DocIdRedir.aspx?ID=CONNECTSITE-505118067-76</Url>
       <Description>CONNECTSITE-505118067-76</Description>
     </_dlc_DocIdUrl>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Provision_x0020_Title_x0020_Reference xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
     <Provision_x0020_Number_x0020_Reference xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
     <Section xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea">APA Instructions</Section>
     <Line_x0020_Up_x0020_Sheet xmlns="5c64760c-e691-4e19-9c26-bdd5d8055dea" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10518E3B-275F-4B9D-9C0B-505896389B1D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16E1846E-3479-4A17-825E-0B26D5794AE6}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0653ECD-E7E8-40A7-882A-7DEF3991B4DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9623148-AEB2-4F82-A793-FD286F9B6456}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF551307-7A1A-4978-84FA-46F666C1329C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>